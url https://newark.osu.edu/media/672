--- v0 (2025-10-09)
+++ v1 (2025-11-04)
@@ -184,64 +184,92 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:caps/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:caps/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Deadline for all other research activities: Applications will be reviewed on a rolling basis, but should be submitted at least one month before the funds are needed.</w:t>
+        <w:t xml:space="preserve">Deadline for all other research activities: Applications will be reviewed on a rolling </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:caps/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>basis, but</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:caps/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> should be submitted at least one month before the funds are needed.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A7A8742" w14:textId="77777777" w:rsidR="006A5D32" w:rsidRPr="008C29D4" w:rsidRDefault="006A5D32" w:rsidP="006A5D32">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69A39CC1" w14:textId="4B6BE98B" w:rsidR="000E4089" w:rsidRDefault="00A30428" w:rsidP="70711E8F">
+    <w:p w14:paraId="69A39CC1" w14:textId="4AFE4143" w:rsidR="000E4089" w:rsidRDefault="00A30428" w:rsidP="70711E8F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="70711E8F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>If you are interested in applying for funding, please download and complete this application form.</w:t>
       </w:r>
       <w:r w:rsidR="00E83E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B50BB6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Before submitting this application form, </w:t>
@@ -729,93 +757,129 @@
                 <w:tcPr>
                   <w:tcW w:w="1692" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="41969BF3" w14:textId="2A34D059" w:rsidR="004F4D21" w:rsidRPr="008F0744" w:rsidRDefault="004F4D21" w:rsidP="00E82BE1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="1EC98E13" w14:textId="0CA3B6A2" w:rsidR="004F4D21" w:rsidRPr="00FE0ABD" w:rsidRDefault="004F4D21" w:rsidP="00E82BE1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE0ABD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">(last)                           </w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00FE0ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">last)   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FE0ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                        </w:t>
             </w:r>
             <w:r w:rsidR="006B34FF" w:rsidRPr="00FE0ABD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">        </w:t>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="006B34FF" w:rsidRPr="00FE0ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidRPr="00FE0ABD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">(first)                      </w:t>
+              <w:t xml:space="preserve">(first)   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FE0ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2270" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="355C3C74" w14:textId="77777777" w:rsidR="004F4D21" w:rsidRPr="00FE0ABD" w:rsidRDefault="002E32C7" w:rsidP="00E82BE1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE0ABD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>OSU ID</w:t>
+              <w:t xml:space="preserve">OSU </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00FE0ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>ID</w:t>
             </w:r>
             <w:r w:rsidR="00DF65AE" w:rsidRPr="00FE0ABD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> # (</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00DF65AE" w:rsidRPr="00FE0ABD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>Not SSN</w:t>
             </w:r>
             <w:r w:rsidR="00DF65AE" w:rsidRPr="00FE0ABD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="004F4D21" w:rsidRPr="00FE0ABD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblBorders>
                 <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -2662,57 +2726,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> your </w:t>
       </w:r>
       <w:r w:rsidR="00E83E09" w:rsidRPr="008A1CC6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Financial Aid. </w:t>
       </w:r>
       <w:r w:rsidR="00B50BB6" w:rsidRPr="008A1CC6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Students are expected to consult </w:t>
       </w:r>
       <w:r w:rsidR="00F34552" w:rsidRPr="008A1CC6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>with the Office of Financial Aid</w:t>
       </w:r>
       <w:r w:rsidR="00A065EC" w:rsidRPr="008A1CC6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-        <w:t>(Faith Phillips, phillips.495@mail.cotc.edu)</w:t>
+        <w:t xml:space="preserve"> (Faith Phillips, phillips.495@mail.cotc.edu)</w:t>
       </w:r>
       <w:r w:rsidR="00F34552" w:rsidRPr="008A1CC6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> to understand potential impacts to financial aid before applying for a Student Research Grant. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="472749A6" w14:textId="77777777" w:rsidR="00415E0B" w:rsidRPr="008A1CC6" w:rsidRDefault="00415E0B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E9D5742" w14:textId="77777777" w:rsidR="00A065EC" w:rsidRPr="008A1CC6" w:rsidRDefault="00415E0B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A1CC6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
@@ -2970,80 +3028,130 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> on this project, if applicable.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4F368098" w14:textId="77777777" w:rsidR="00463945" w:rsidRPr="00FE0ABD" w:rsidRDefault="00463945" w:rsidP="00FE0ABD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE0ABD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">The significance </w:t>
             </w:r>
             <w:r w:rsidR="00AA0ED6" w:rsidRPr="00FE0ABD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>of this project to the student and their overall academic experience.</w:t>
+              <w:t xml:space="preserve">of this project </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00AA0ED6" w:rsidRPr="00FE0ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00AA0ED6" w:rsidRPr="00FE0ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00AA0ED6" w:rsidRPr="00FE0ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>student</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00AA0ED6" w:rsidRPr="00FE0ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and their overall academic experience.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="78F02A45" w14:textId="77777777" w:rsidR="00131EE7" w:rsidRPr="00FE0ABD" w:rsidRDefault="00131EE7" w:rsidP="006959DA">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE0ABD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>A projected timeline for completion of the project.  Funds should normally be expended by the end of the c</w:t>
             </w:r>
             <w:r w:rsidR="00F5409E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>urrent fiscal year (June 30</w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00FE0ABD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>), however an extension may be granted in some ci</w:t>
+              <w:t>),</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FE0ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> however an </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00FE0ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>extension</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FE0ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> may be granted in some ci</w:t>
             </w:r>
             <w:r w:rsidR="00F5409E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>rcumstances (please contact Chair of the Student Matters Committee</w:t>
             </w:r>
             <w:r w:rsidRPr="00FE0ABD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC1E32" w:rsidRPr="00FE0ABD" w14:paraId="55BC01B4" w14:textId="77777777" w:rsidTr="0021277D">
         <w:trPr>
           <w:trHeight w:val="900"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
@@ -3234,61 +3342,131 @@
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Proposal Budget</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AA0ED6" w:rsidRPr="00FE0ABD" w14:paraId="199F8BC0" w14:textId="77777777" w:rsidTr="00486469">
         <w:trPr>
           <w:trHeight w:val="2280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EDBC289" w14:textId="2362DF9C" w:rsidR="00AA0ED6" w:rsidRPr="00FE0ABD" w:rsidRDefault="000855EA" w:rsidP="00254EF9">
+          <w:p w14:paraId="6F0E510D" w14:textId="77777777" w:rsidR="00AD2382" w:rsidRDefault="000855EA" w:rsidP="00254EF9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE0ABD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">Please include an itemized budget.  Applications will not be considered without a budget and brief budget justification.  Please be as specific as possible and include only those items which directly pertain to your project.  If you need additional space, please </w:t>
+              <w:t xml:space="preserve">Please include an itemized budget.  Applications will not be considered without a budget and brief budget justification. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B034BC4" w14:textId="77777777" w:rsidR="00AD2382" w:rsidRDefault="00AD2382" w:rsidP="00254EF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6606D8B8" w14:textId="60C5D8D9" w:rsidR="00AD2382" w:rsidRDefault="00AD2382" w:rsidP="00254EF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B29DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Make sure your proposed budget complies with Ohio State policy (e.g., for travel: </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r w:rsidRPr="001B29DF">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+                <w:t>link to PDF of policy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="001B29DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; general purchasing &amp; travel: </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r w:rsidRPr="001B29DF">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+                <w:t>link to website</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="001B29DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CA13D9F" w14:textId="77777777" w:rsidR="00AD2382" w:rsidRDefault="00AD2382" w:rsidP="00254EF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3EDBC289" w14:textId="2FB4F82A" w:rsidR="00AA0ED6" w:rsidRPr="00FE0ABD" w:rsidRDefault="000855EA" w:rsidP="00254EF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please be as specific as possible and include only those items which directly pertain to your project.  If you need additional space, please </w:t>
             </w:r>
             <w:r w:rsidR="0088636F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>add rows</w:t>
             </w:r>
             <w:r w:rsidR="00C54D7D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> to the table</w:t>
             </w:r>
             <w:r w:rsidRPr="00FE0ABD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>.  Your budget should include the following:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0FC2E3C7" w14:textId="77777777" w:rsidR="000855EA" w:rsidRPr="00FE0ABD" w:rsidRDefault="000855EA" w:rsidP="00FE0ABD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
@@ -3677,83 +3855,81 @@
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1302" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="2501F92D" w14:textId="2D358C69" w:rsidR="000855EA" w:rsidRPr="0086598B" w:rsidRDefault="000855EA" w:rsidP="00254EF9">
                   <w:pPr>
                     <w:rPr>
                       <w:b/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="000855EA" w:rsidRPr="00FE0ABD" w14:paraId="2102389E" w14:textId="77777777" w:rsidTr="00C501AB">
               <w:trPr>
                 <w:trHeight w:val="360"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="7832" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="21357DDE" w14:textId="55D430C2" w:rsidR="000855EA" w:rsidRPr="0086598B" w:rsidRDefault="000855EA" w:rsidP="00254EF9">
                   <w:pPr>
                     <w:rPr>
                       <w:b/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1302" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="1C2A621A" w14:textId="2DA3C786" w:rsidR="000855EA" w:rsidRPr="0086598B" w:rsidRDefault="000855EA" w:rsidP="00254EF9">
                   <w:pPr>
                     <w:rPr>
                       <w:b/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00131875" w:rsidRPr="00FE0ABD" w14:paraId="362C69B2" w14:textId="77777777" w:rsidTr="00C501AB">
               <w:trPr>
                 <w:trHeight w:val="360"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="7832" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="6D42CF93" w14:textId="2406DBD4" w:rsidR="00131875" w:rsidRPr="0086598B" w:rsidRDefault="00131875" w:rsidP="00C501AB">
                   <w:pPr>
                     <w:jc w:val="right"/>
                     <w:rPr>
                       <w:b/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                     </w:rPr>
                     <w:t>Total budget</w:t>
                   </w:r>
                   <w:r w:rsidRPr="0026547E">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                     </w:rPr>
                     <w:t>:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
@@ -4374,80 +4550,108 @@
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="18AB7E13" w14:textId="77777777" w:rsidR="00FE3B1D" w:rsidRDefault="00D753AE" w:rsidP="00D753AE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D753AE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>3) Are you willing to commit yourself to, and does your schedule permit, supervision of the project throughout the proposed time period?</w:t>
+        <w:t xml:space="preserve">3) Are you willing to commit yourself to, and does your schedule permit, supervision of the project throughout the proposed </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D753AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>time period</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D753AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0610547B" w14:textId="77777777" w:rsidR="00FE3B1D" w:rsidRDefault="00FE3B1D" w:rsidP="00872D9E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B85A14A" w14:textId="77777777" w:rsidR="00D753AE" w:rsidRPr="00D753AE" w:rsidRDefault="00FE3B1D" w:rsidP="00D753AE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>4) Is the student’s proposed budget sensible and justified by the project?</w:t>
+        <w:t xml:space="preserve">4) Is the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>student’s</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> proposed budget sensible and justified by the project?</w:t>
       </w:r>
       <w:r w:rsidR="00D753AE" w:rsidRPr="00D753AE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10896CFA" w14:textId="77777777" w:rsidR="00D753AE" w:rsidRPr="00D753AE" w:rsidRDefault="00D753AE" w:rsidP="00D753AE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0326652D" w14:textId="77777777" w:rsidR="00D753AE" w:rsidRPr="00D753AE" w:rsidRDefault="00FE3B1D" w:rsidP="00D753AE">
       <w:pPr>
@@ -4493,51 +4697,65 @@
         </w:rPr>
         <w:t xml:space="preserve"> has previously received funding for this project, please address such details as: what </w:t>
       </w:r>
       <w:r w:rsidR="00D753AE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">was </w:t>
       </w:r>
       <w:r w:rsidR="00D753AE" w:rsidRPr="00D753AE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">supported </w:t>
       </w:r>
       <w:r w:rsidR="00D753AE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">by </w:t>
       </w:r>
       <w:r w:rsidR="00D753AE" w:rsidRPr="00D753AE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">that funding, how well has the project progressed, and why additional funding is needed to complete the project. </w:t>
+        <w:t xml:space="preserve">that funding, how </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D753AE" w:rsidRPr="00D753AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>well has</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D753AE" w:rsidRPr="00D753AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the project progressed, and why additional funding is needed to complete the project. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73042538" w14:textId="77777777" w:rsidR="00D753AE" w:rsidRPr="00D753AE" w:rsidRDefault="00D753AE" w:rsidP="00D753AE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0114C631" w14:textId="77777777" w:rsidR="00D753AE" w:rsidRDefault="00FE3B1D" w:rsidP="00D753AE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
@@ -4875,51 +5093,67 @@
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F1F083C" w14:textId="77777777" w:rsidR="00D753AE" w:rsidRPr="00D753AE" w:rsidRDefault="00D753AE" w:rsidP="00D753AE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D753AE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
         </w:rPr>
-        <w:t>Your application must be complete in order to be considered for funding!</w:t>
+        <w:t xml:space="preserve">Your application must be complete </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D753AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D753AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be considered for funding!</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="548BAF9A" w14:textId="77777777" w:rsidR="00D753AE" w:rsidRPr="00D753AE" w:rsidRDefault="00D753AE" w:rsidP="00D753AE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0DDC8911" w14:textId="317C4DDB" w:rsidR="00D753AE" w:rsidRPr="00D753AE" w:rsidRDefault="00F04952" w:rsidP="00D753AE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5599,51 +5833,93 @@
                       <w:noProof/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00FE0ABD">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="0C0D8DA6" w14:textId="77777777" w:rsidR="00172911" w:rsidRPr="00FE0ABD" w:rsidRDefault="00172911" w:rsidP="00BD485B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE0ABD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>(last)                                   (first)                      (middle)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00FE0ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">last)   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FE0ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                             </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00FE0ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   (first)   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FE0ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00FE0ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FE0ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>middle)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7EFFC236" w14:textId="77777777" w:rsidR="00172911" w:rsidRPr="00FE0ABD" w:rsidRDefault="00172911" w:rsidP="00BD485B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE0ABD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>OSU ID Number:</w:t>
             </w:r>
           </w:p>
           <w:tbl>
@@ -6488,51 +6764,93 @@
                       <w:noProof/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00FE0ABD">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="7AF65A4F" w14:textId="77777777" w:rsidR="000D78D2" w:rsidRPr="00FE0ABD" w:rsidRDefault="000D78D2" w:rsidP="00BD485B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE0ABD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>(last)                                   (first)                      (middle)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00FE0ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">last)   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FE0ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                             </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00FE0ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   (first)   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FE0ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00FE0ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FE0ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>middle)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57F381E5" w14:textId="77777777" w:rsidR="000D78D2" w:rsidRPr="00FE0ABD" w:rsidRDefault="000D78D2" w:rsidP="00BD485B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE0ABD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>OSU ID Number:</w:t>
             </w:r>
           </w:p>
           <w:tbl>
@@ -7377,51 +7695,93 @@
                       <w:noProof/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00FE0ABD">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="08AAD9F2" w14:textId="77777777" w:rsidR="000D78D2" w:rsidRPr="00FE0ABD" w:rsidRDefault="000D78D2" w:rsidP="00BD485B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE0ABD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>(last)                                   (first)                      (middle)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00FE0ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">last)   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FE0ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                             </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00FE0ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   (first)   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FE0ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00FE0ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FE0ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>middle)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D77CAF8" w14:textId="77777777" w:rsidR="000D78D2" w:rsidRPr="00FE0ABD" w:rsidRDefault="000D78D2" w:rsidP="00BD485B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE0ABD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>OSU ID Number:</w:t>
             </w:r>
           </w:p>
           <w:tbl>
@@ -8267,51 +8627,93 @@
                       <w:noProof/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00FE0ABD">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="753DE5DC" w14:textId="77777777" w:rsidR="000D78D2" w:rsidRPr="00FE0ABD" w:rsidRDefault="000D78D2" w:rsidP="00BD485B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE0ABD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>(last)                                   (first)                      (middle)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00FE0ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">last)   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FE0ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                             </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00FE0ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   (first)   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FE0ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00FE0ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FE0ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>middle)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62A82227" w14:textId="77777777" w:rsidR="000D78D2" w:rsidRPr="00FE0ABD" w:rsidRDefault="000D78D2" w:rsidP="00BD485B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE0ABD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>OSU ID Number:</w:t>
             </w:r>
           </w:p>
           <w:tbl>
@@ -8731,72 +9133,72 @@
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00FE0ABD">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="2BEA405C" w14:textId="77777777" w:rsidR="000D78D2" w:rsidRPr="00FE0ABD" w:rsidRDefault="000D78D2" w:rsidP="00BD485B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="10AA1AFA" w14:textId="77777777" w:rsidR="00C54056" w:rsidRPr="00D753AE" w:rsidRDefault="00C54056" w:rsidP="000D78D2"/>
     <w:sectPr w:rsidR="00C54056" w:rsidRPr="00D753AE" w:rsidSect="00071FA3">
-      <w:footerReference w:type="even" r:id="rId11"/>
-      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="43693BB3" w14:textId="77777777" w:rsidR="00503047" w:rsidRDefault="00503047">
+    <w:p w14:paraId="2DCDEE9A" w14:textId="77777777" w:rsidR="00DC7336" w:rsidRDefault="00DC7336">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="004DB9D1" w14:textId="77777777" w:rsidR="00503047" w:rsidRDefault="00503047">
+    <w:p w14:paraId="5AC98A59" w14:textId="77777777" w:rsidR="00DC7336" w:rsidRDefault="00DC7336">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
@@ -8942,58 +9344,58 @@
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
       </w:rPr>
       <w:t>7</w:t>
     </w:r>
     <w:r w:rsidRPr="00515880">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="33088178" w14:textId="77777777" w:rsidR="005278F6" w:rsidRDefault="005278F6">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3E892373" w14:textId="77777777" w:rsidR="00503047" w:rsidRDefault="00503047">
+    <w:p w14:paraId="28EAA88E" w14:textId="77777777" w:rsidR="00DC7336" w:rsidRDefault="00DC7336">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="61C1FA6C" w14:textId="77777777" w:rsidR="00503047" w:rsidRDefault="00503047">
+    <w:p w14:paraId="39E937B9" w14:textId="77777777" w:rsidR="00DC7336" w:rsidRDefault="00DC7336">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="D1A0AE7E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2FA7D91E"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -9597,50 +9999,51 @@
     <w:rsid w:val="00011AF0"/>
     <w:rsid w:val="0001288A"/>
     <w:rsid w:val="00015D46"/>
     <w:rsid w:val="00015F80"/>
     <w:rsid w:val="000170FD"/>
     <w:rsid w:val="000174C3"/>
     <w:rsid w:val="00017B7F"/>
     <w:rsid w:val="00025DAF"/>
     <w:rsid w:val="00030AC8"/>
     <w:rsid w:val="00032354"/>
     <w:rsid w:val="0003776C"/>
     <w:rsid w:val="00040B33"/>
     <w:rsid w:val="000440B6"/>
     <w:rsid w:val="00044AC0"/>
     <w:rsid w:val="00046CEA"/>
     <w:rsid w:val="00047EB6"/>
     <w:rsid w:val="00055EB9"/>
     <w:rsid w:val="0006013D"/>
     <w:rsid w:val="00071FA3"/>
     <w:rsid w:val="0007215F"/>
     <w:rsid w:val="00075259"/>
     <w:rsid w:val="00076C6C"/>
     <w:rsid w:val="00077A64"/>
     <w:rsid w:val="00081022"/>
     <w:rsid w:val="00082548"/>
+    <w:rsid w:val="00084627"/>
     <w:rsid w:val="00084936"/>
     <w:rsid w:val="000855EA"/>
     <w:rsid w:val="00085B20"/>
     <w:rsid w:val="00086114"/>
     <w:rsid w:val="00091A3A"/>
     <w:rsid w:val="000A37A1"/>
     <w:rsid w:val="000A4646"/>
     <w:rsid w:val="000A4FC1"/>
     <w:rsid w:val="000A70C1"/>
     <w:rsid w:val="000B2116"/>
     <w:rsid w:val="000B3130"/>
     <w:rsid w:val="000B5935"/>
     <w:rsid w:val="000C2E71"/>
     <w:rsid w:val="000C6808"/>
     <w:rsid w:val="000C6832"/>
     <w:rsid w:val="000C6E19"/>
     <w:rsid w:val="000D0768"/>
     <w:rsid w:val="000D15C4"/>
     <w:rsid w:val="000D4F43"/>
     <w:rsid w:val="000D5453"/>
     <w:rsid w:val="000D6859"/>
     <w:rsid w:val="000D77CA"/>
     <w:rsid w:val="000D78D2"/>
     <w:rsid w:val="000E01AA"/>
     <w:rsid w:val="000E1F94"/>
@@ -9654,174 +10057,180 @@
     <w:rsid w:val="000F376A"/>
     <w:rsid w:val="000F6D25"/>
     <w:rsid w:val="000F6F4D"/>
     <w:rsid w:val="001000C8"/>
     <w:rsid w:val="00100A2F"/>
     <w:rsid w:val="00102F9D"/>
     <w:rsid w:val="00107CD2"/>
     <w:rsid w:val="00122A94"/>
     <w:rsid w:val="0013047C"/>
     <w:rsid w:val="00131875"/>
     <w:rsid w:val="00131EE7"/>
     <w:rsid w:val="00132485"/>
     <w:rsid w:val="001415A1"/>
     <w:rsid w:val="00151435"/>
     <w:rsid w:val="0015572A"/>
     <w:rsid w:val="00162786"/>
     <w:rsid w:val="001654FC"/>
     <w:rsid w:val="001655EF"/>
     <w:rsid w:val="00167D88"/>
     <w:rsid w:val="00172911"/>
     <w:rsid w:val="0017379C"/>
     <w:rsid w:val="00174C3F"/>
     <w:rsid w:val="00175D8B"/>
     <w:rsid w:val="00176D62"/>
     <w:rsid w:val="0018405E"/>
+    <w:rsid w:val="00184942"/>
     <w:rsid w:val="001850CF"/>
     <w:rsid w:val="0018699B"/>
     <w:rsid w:val="00190BE9"/>
     <w:rsid w:val="00191255"/>
     <w:rsid w:val="001946BC"/>
+    <w:rsid w:val="001962B5"/>
     <w:rsid w:val="001A15E0"/>
     <w:rsid w:val="001A2182"/>
     <w:rsid w:val="001A225A"/>
     <w:rsid w:val="001A3E0D"/>
     <w:rsid w:val="001A4767"/>
     <w:rsid w:val="001B1FA4"/>
+    <w:rsid w:val="001B29DF"/>
     <w:rsid w:val="001B5EAD"/>
     <w:rsid w:val="001B6134"/>
     <w:rsid w:val="001C1D92"/>
     <w:rsid w:val="001C3AF0"/>
     <w:rsid w:val="001C48C0"/>
     <w:rsid w:val="001C55F6"/>
     <w:rsid w:val="001D686B"/>
     <w:rsid w:val="001E26E5"/>
     <w:rsid w:val="001E5DFD"/>
     <w:rsid w:val="001E660A"/>
     <w:rsid w:val="001E758D"/>
     <w:rsid w:val="001F0904"/>
     <w:rsid w:val="001F1139"/>
     <w:rsid w:val="001F13C7"/>
     <w:rsid w:val="001F5404"/>
     <w:rsid w:val="001F621C"/>
     <w:rsid w:val="00202D42"/>
     <w:rsid w:val="00204824"/>
     <w:rsid w:val="00206504"/>
     <w:rsid w:val="002105EC"/>
     <w:rsid w:val="0021277D"/>
     <w:rsid w:val="00215AC7"/>
     <w:rsid w:val="00216259"/>
     <w:rsid w:val="002218DD"/>
     <w:rsid w:val="0022355D"/>
     <w:rsid w:val="00233D27"/>
     <w:rsid w:val="00240B9B"/>
     <w:rsid w:val="00246C5D"/>
     <w:rsid w:val="00252B50"/>
     <w:rsid w:val="00254EF9"/>
     <w:rsid w:val="00257405"/>
     <w:rsid w:val="0026547E"/>
     <w:rsid w:val="00266F9B"/>
     <w:rsid w:val="00271602"/>
     <w:rsid w:val="0027201E"/>
     <w:rsid w:val="002721EC"/>
     <w:rsid w:val="0027377B"/>
     <w:rsid w:val="00273A26"/>
     <w:rsid w:val="002916EC"/>
     <w:rsid w:val="002924BC"/>
     <w:rsid w:val="002A246F"/>
     <w:rsid w:val="002A27DF"/>
     <w:rsid w:val="002A5662"/>
     <w:rsid w:val="002A5FA3"/>
     <w:rsid w:val="002B538E"/>
     <w:rsid w:val="002C0DC8"/>
     <w:rsid w:val="002C458E"/>
     <w:rsid w:val="002D5740"/>
     <w:rsid w:val="002D578A"/>
     <w:rsid w:val="002D79C8"/>
+    <w:rsid w:val="002E0C70"/>
     <w:rsid w:val="002E254B"/>
     <w:rsid w:val="002E32C7"/>
     <w:rsid w:val="002F1E98"/>
     <w:rsid w:val="002F36AF"/>
     <w:rsid w:val="002F47C3"/>
     <w:rsid w:val="002F7D6F"/>
     <w:rsid w:val="00300F90"/>
     <w:rsid w:val="00304D99"/>
     <w:rsid w:val="00305402"/>
     <w:rsid w:val="00305F61"/>
     <w:rsid w:val="0030753A"/>
     <w:rsid w:val="00315B3F"/>
     <w:rsid w:val="00320635"/>
     <w:rsid w:val="0032139A"/>
     <w:rsid w:val="00322A3B"/>
     <w:rsid w:val="00322B40"/>
     <w:rsid w:val="00332A01"/>
     <w:rsid w:val="003422D1"/>
     <w:rsid w:val="003437CB"/>
     <w:rsid w:val="00345079"/>
     <w:rsid w:val="00346308"/>
     <w:rsid w:val="00352D15"/>
     <w:rsid w:val="00352E26"/>
     <w:rsid w:val="003535D4"/>
     <w:rsid w:val="0035470A"/>
     <w:rsid w:val="0035477E"/>
     <w:rsid w:val="003608EA"/>
     <w:rsid w:val="00364516"/>
     <w:rsid w:val="00371ED0"/>
     <w:rsid w:val="003744F1"/>
     <w:rsid w:val="0037500A"/>
     <w:rsid w:val="003775BC"/>
     <w:rsid w:val="00387236"/>
     <w:rsid w:val="00387C6E"/>
     <w:rsid w:val="00387D6E"/>
     <w:rsid w:val="00391367"/>
     <w:rsid w:val="00395B08"/>
     <w:rsid w:val="00395ED0"/>
     <w:rsid w:val="003A0445"/>
     <w:rsid w:val="003B1227"/>
     <w:rsid w:val="003B13E1"/>
     <w:rsid w:val="003B3CB9"/>
     <w:rsid w:val="003B6847"/>
     <w:rsid w:val="003B7DF5"/>
     <w:rsid w:val="003C0591"/>
     <w:rsid w:val="003C6335"/>
     <w:rsid w:val="003C65CD"/>
+    <w:rsid w:val="003C6823"/>
     <w:rsid w:val="003C6F8C"/>
     <w:rsid w:val="003C7C9B"/>
     <w:rsid w:val="003D3208"/>
     <w:rsid w:val="003D52C9"/>
     <w:rsid w:val="003D621A"/>
     <w:rsid w:val="003E1934"/>
     <w:rsid w:val="003E43DB"/>
     <w:rsid w:val="003E55C2"/>
     <w:rsid w:val="003E5C34"/>
     <w:rsid w:val="003E72E4"/>
     <w:rsid w:val="003F326B"/>
     <w:rsid w:val="003F3E3F"/>
     <w:rsid w:val="003F60B3"/>
     <w:rsid w:val="00401ED6"/>
     <w:rsid w:val="0040202F"/>
     <w:rsid w:val="00403518"/>
+    <w:rsid w:val="00404BB2"/>
     <w:rsid w:val="00405D36"/>
     <w:rsid w:val="00406D70"/>
     <w:rsid w:val="00406F2E"/>
     <w:rsid w:val="00407CA4"/>
     <w:rsid w:val="00415E0B"/>
     <w:rsid w:val="00416464"/>
     <w:rsid w:val="00417C63"/>
     <w:rsid w:val="004213B7"/>
     <w:rsid w:val="0042256D"/>
     <w:rsid w:val="004232D1"/>
     <w:rsid w:val="00423E89"/>
     <w:rsid w:val="00424F32"/>
     <w:rsid w:val="004257F1"/>
     <w:rsid w:val="00427B0E"/>
     <w:rsid w:val="004306E7"/>
     <w:rsid w:val="00431D34"/>
     <w:rsid w:val="0043463D"/>
     <w:rsid w:val="00434F28"/>
     <w:rsid w:val="004362E5"/>
     <w:rsid w:val="004410FF"/>
     <w:rsid w:val="0044363D"/>
     <w:rsid w:val="00443B6F"/>
     <w:rsid w:val="00450911"/>
     <w:rsid w:val="004557FE"/>
     <w:rsid w:val="00455A30"/>
@@ -9840,50 +10249,51 @@
     <w:rsid w:val="004870D6"/>
     <w:rsid w:val="00487D15"/>
     <w:rsid w:val="00491E9D"/>
     <w:rsid w:val="00494BFC"/>
     <w:rsid w:val="004A1172"/>
     <w:rsid w:val="004A2734"/>
     <w:rsid w:val="004A7090"/>
     <w:rsid w:val="004B7725"/>
     <w:rsid w:val="004C25EA"/>
     <w:rsid w:val="004C3220"/>
     <w:rsid w:val="004C78CC"/>
     <w:rsid w:val="004C7BBA"/>
     <w:rsid w:val="004D2534"/>
     <w:rsid w:val="004D2981"/>
     <w:rsid w:val="004D66E0"/>
     <w:rsid w:val="004E2FD0"/>
     <w:rsid w:val="004F3E45"/>
     <w:rsid w:val="004F4D21"/>
     <w:rsid w:val="004F7224"/>
     <w:rsid w:val="00500997"/>
     <w:rsid w:val="00503047"/>
     <w:rsid w:val="0050363B"/>
     <w:rsid w:val="00506EDA"/>
     <w:rsid w:val="00510D00"/>
     <w:rsid w:val="00512650"/>
+    <w:rsid w:val="00512AE8"/>
     <w:rsid w:val="00515880"/>
     <w:rsid w:val="00516FAB"/>
     <w:rsid w:val="005172BA"/>
     <w:rsid w:val="0051784E"/>
     <w:rsid w:val="00525316"/>
     <w:rsid w:val="00525CEC"/>
     <w:rsid w:val="005278F6"/>
     <w:rsid w:val="005308BC"/>
     <w:rsid w:val="005372F3"/>
     <w:rsid w:val="00544031"/>
     <w:rsid w:val="00544332"/>
     <w:rsid w:val="00552145"/>
     <w:rsid w:val="005529D4"/>
     <w:rsid w:val="00556FF6"/>
     <w:rsid w:val="00561A9A"/>
     <w:rsid w:val="00563F04"/>
     <w:rsid w:val="005643C5"/>
     <w:rsid w:val="005647D9"/>
     <w:rsid w:val="0056519D"/>
     <w:rsid w:val="005726D7"/>
     <w:rsid w:val="005727E0"/>
     <w:rsid w:val="00574A7E"/>
     <w:rsid w:val="00576FA0"/>
     <w:rsid w:val="00580616"/>
     <w:rsid w:val="00584F2B"/>
@@ -10115,83 +10525,85 @@
     <w:rsid w:val="009824EC"/>
     <w:rsid w:val="00982EDF"/>
     <w:rsid w:val="00987708"/>
     <w:rsid w:val="00990060"/>
     <w:rsid w:val="009950BF"/>
     <w:rsid w:val="009A2655"/>
     <w:rsid w:val="009A4394"/>
     <w:rsid w:val="009A4849"/>
     <w:rsid w:val="009B3F0E"/>
     <w:rsid w:val="009C03B0"/>
     <w:rsid w:val="009C3EEB"/>
     <w:rsid w:val="009C51C7"/>
     <w:rsid w:val="009D1D31"/>
     <w:rsid w:val="009D29A4"/>
     <w:rsid w:val="009D2E11"/>
     <w:rsid w:val="009E2015"/>
     <w:rsid w:val="009E38C9"/>
     <w:rsid w:val="009E462E"/>
     <w:rsid w:val="009E5F19"/>
     <w:rsid w:val="009E6119"/>
     <w:rsid w:val="009E7C28"/>
     <w:rsid w:val="009F01B7"/>
     <w:rsid w:val="00A02A7C"/>
     <w:rsid w:val="00A03032"/>
     <w:rsid w:val="00A065EC"/>
+    <w:rsid w:val="00A140AA"/>
     <w:rsid w:val="00A22FC5"/>
     <w:rsid w:val="00A234F7"/>
     <w:rsid w:val="00A2518A"/>
     <w:rsid w:val="00A27A8F"/>
     <w:rsid w:val="00A30428"/>
     <w:rsid w:val="00A30C9B"/>
     <w:rsid w:val="00A41A94"/>
     <w:rsid w:val="00A43A4A"/>
     <w:rsid w:val="00A477FF"/>
     <w:rsid w:val="00A5574B"/>
     <w:rsid w:val="00A60748"/>
     <w:rsid w:val="00A6285C"/>
     <w:rsid w:val="00A6D9AB"/>
     <w:rsid w:val="00A82F71"/>
     <w:rsid w:val="00A86A39"/>
     <w:rsid w:val="00A91125"/>
     <w:rsid w:val="00A92A34"/>
     <w:rsid w:val="00A93A95"/>
     <w:rsid w:val="00A94A13"/>
     <w:rsid w:val="00A94AEF"/>
     <w:rsid w:val="00A960FC"/>
     <w:rsid w:val="00A97E0B"/>
     <w:rsid w:val="00AA0ED6"/>
     <w:rsid w:val="00AA2351"/>
     <w:rsid w:val="00AB0853"/>
     <w:rsid w:val="00AB0962"/>
     <w:rsid w:val="00AB46F0"/>
     <w:rsid w:val="00AB5A6F"/>
     <w:rsid w:val="00AB75A4"/>
     <w:rsid w:val="00AB7E42"/>
     <w:rsid w:val="00AC349D"/>
     <w:rsid w:val="00AC35D0"/>
     <w:rsid w:val="00AC55D2"/>
+    <w:rsid w:val="00AD2382"/>
     <w:rsid w:val="00AD3C8D"/>
     <w:rsid w:val="00AD484C"/>
     <w:rsid w:val="00AD69F5"/>
     <w:rsid w:val="00AE048F"/>
     <w:rsid w:val="00AE1B86"/>
     <w:rsid w:val="00AE41DE"/>
     <w:rsid w:val="00AE6C90"/>
     <w:rsid w:val="00AF1B2D"/>
     <w:rsid w:val="00AF4C5A"/>
     <w:rsid w:val="00AF6B13"/>
     <w:rsid w:val="00AF7D9B"/>
     <w:rsid w:val="00B04C78"/>
     <w:rsid w:val="00B121F5"/>
     <w:rsid w:val="00B15FE1"/>
     <w:rsid w:val="00B177DC"/>
     <w:rsid w:val="00B20911"/>
     <w:rsid w:val="00B20A3B"/>
     <w:rsid w:val="00B27466"/>
     <w:rsid w:val="00B3292A"/>
     <w:rsid w:val="00B37892"/>
     <w:rsid w:val="00B408A1"/>
     <w:rsid w:val="00B41F63"/>
     <w:rsid w:val="00B4212D"/>
     <w:rsid w:val="00B47399"/>
     <w:rsid w:val="00B50BB6"/>
@@ -10200,82 +10612,84 @@
     <w:rsid w:val="00B5790D"/>
     <w:rsid w:val="00B57A0B"/>
     <w:rsid w:val="00B61A40"/>
     <w:rsid w:val="00B642DE"/>
     <w:rsid w:val="00B6584E"/>
     <w:rsid w:val="00B65DD7"/>
     <w:rsid w:val="00B6731F"/>
     <w:rsid w:val="00B74BF2"/>
     <w:rsid w:val="00B75BD5"/>
     <w:rsid w:val="00B76853"/>
     <w:rsid w:val="00B7766F"/>
     <w:rsid w:val="00B8013C"/>
     <w:rsid w:val="00B80A12"/>
     <w:rsid w:val="00B816BF"/>
     <w:rsid w:val="00B8470E"/>
     <w:rsid w:val="00B84E2E"/>
     <w:rsid w:val="00B92B54"/>
     <w:rsid w:val="00B93486"/>
     <w:rsid w:val="00BA02ED"/>
     <w:rsid w:val="00BA07CB"/>
     <w:rsid w:val="00BA0B07"/>
     <w:rsid w:val="00BA3BC5"/>
     <w:rsid w:val="00BA51F1"/>
     <w:rsid w:val="00BA5742"/>
     <w:rsid w:val="00BA68BB"/>
+    <w:rsid w:val="00BA7B9F"/>
     <w:rsid w:val="00BB201D"/>
     <w:rsid w:val="00BB29A5"/>
     <w:rsid w:val="00BB37F1"/>
     <w:rsid w:val="00BC08FD"/>
     <w:rsid w:val="00BC1EFE"/>
     <w:rsid w:val="00BC4BF5"/>
     <w:rsid w:val="00BC63C2"/>
     <w:rsid w:val="00BD485B"/>
     <w:rsid w:val="00BD6FC0"/>
     <w:rsid w:val="00BE174D"/>
     <w:rsid w:val="00BE7477"/>
     <w:rsid w:val="00BE78A3"/>
     <w:rsid w:val="00BE7CFA"/>
     <w:rsid w:val="00BF4168"/>
     <w:rsid w:val="00BF59E3"/>
     <w:rsid w:val="00C011FE"/>
     <w:rsid w:val="00C01290"/>
     <w:rsid w:val="00C0333C"/>
     <w:rsid w:val="00C03A4A"/>
     <w:rsid w:val="00C06504"/>
     <w:rsid w:val="00C11A2C"/>
     <w:rsid w:val="00C16E7D"/>
     <w:rsid w:val="00C20130"/>
     <w:rsid w:val="00C229BC"/>
     <w:rsid w:val="00C318A3"/>
     <w:rsid w:val="00C31B1B"/>
     <w:rsid w:val="00C31DEC"/>
     <w:rsid w:val="00C31DFE"/>
     <w:rsid w:val="00C33304"/>
     <w:rsid w:val="00C3357A"/>
     <w:rsid w:val="00C3427D"/>
     <w:rsid w:val="00C34B33"/>
+    <w:rsid w:val="00C3698B"/>
     <w:rsid w:val="00C369D2"/>
     <w:rsid w:val="00C43089"/>
     <w:rsid w:val="00C47D45"/>
     <w:rsid w:val="00C501AB"/>
     <w:rsid w:val="00C53AD7"/>
     <w:rsid w:val="00C54056"/>
     <w:rsid w:val="00C54D7D"/>
     <w:rsid w:val="00C602D8"/>
     <w:rsid w:val="00C61846"/>
     <w:rsid w:val="00C61CFE"/>
     <w:rsid w:val="00C622D7"/>
     <w:rsid w:val="00C64606"/>
     <w:rsid w:val="00C64D1F"/>
     <w:rsid w:val="00C71139"/>
     <w:rsid w:val="00C73DE4"/>
     <w:rsid w:val="00C74E66"/>
     <w:rsid w:val="00C76A1F"/>
     <w:rsid w:val="00C828A4"/>
     <w:rsid w:val="00C84E97"/>
     <w:rsid w:val="00C90790"/>
     <w:rsid w:val="00C97653"/>
     <w:rsid w:val="00CA1626"/>
     <w:rsid w:val="00CA27ED"/>
     <w:rsid w:val="00CA6AEE"/>
     <w:rsid w:val="00CB1015"/>
@@ -10317,50 +10731,51 @@
     <w:rsid w:val="00D31AD8"/>
     <w:rsid w:val="00D31E9E"/>
     <w:rsid w:val="00D32CE4"/>
     <w:rsid w:val="00D3570C"/>
     <w:rsid w:val="00D364D4"/>
     <w:rsid w:val="00D44E74"/>
     <w:rsid w:val="00D46235"/>
     <w:rsid w:val="00D508FB"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D5551E"/>
     <w:rsid w:val="00D56C45"/>
     <w:rsid w:val="00D64F94"/>
     <w:rsid w:val="00D74CE7"/>
     <w:rsid w:val="00D753AE"/>
     <w:rsid w:val="00D753D5"/>
     <w:rsid w:val="00D77A6C"/>
     <w:rsid w:val="00D81BC8"/>
     <w:rsid w:val="00D8204B"/>
     <w:rsid w:val="00D83B16"/>
     <w:rsid w:val="00DA2D98"/>
     <w:rsid w:val="00DB50D4"/>
     <w:rsid w:val="00DB540D"/>
     <w:rsid w:val="00DB7CAF"/>
     <w:rsid w:val="00DC0DC7"/>
     <w:rsid w:val="00DC6C13"/>
+    <w:rsid w:val="00DC7336"/>
     <w:rsid w:val="00DD0460"/>
     <w:rsid w:val="00DD15E9"/>
     <w:rsid w:val="00DD46ED"/>
     <w:rsid w:val="00DD7705"/>
     <w:rsid w:val="00DE2026"/>
     <w:rsid w:val="00DE4D4C"/>
     <w:rsid w:val="00DE6176"/>
     <w:rsid w:val="00DF182D"/>
     <w:rsid w:val="00DF191C"/>
     <w:rsid w:val="00DF2E7C"/>
     <w:rsid w:val="00DF3457"/>
     <w:rsid w:val="00DF65AE"/>
     <w:rsid w:val="00E1448D"/>
     <w:rsid w:val="00E16D5C"/>
     <w:rsid w:val="00E16D92"/>
     <w:rsid w:val="00E212ED"/>
     <w:rsid w:val="00E3088E"/>
     <w:rsid w:val="00E336C6"/>
     <w:rsid w:val="00E33B53"/>
     <w:rsid w:val="00E3575F"/>
     <w:rsid w:val="00E35A0E"/>
     <w:rsid w:val="00E40E2E"/>
     <w:rsid w:val="00E42099"/>
     <w:rsid w:val="00E421DE"/>
     <w:rsid w:val="00E422C6"/>
@@ -11134,51 +11549,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2008560345">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://busfin.osu.edu/buy-sell-travel" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://policies.osu.edu/sites/default/files/documents/2024/11/busfin-travel-policy.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -11571,60 +11986,60 @@
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D1A17128-7792-45BA-A559-E07B7EEEEF9D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B3ABD787-0DBB-4F01-A16C-4A130F4BD0A9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>1128</Words>
-  <Characters>6826</Characters>
+  <Words>1153</Words>
+  <Characters>7112</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>56</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>59</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>osun/cotc</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7939</CharactersWithSpaces>
+  <CharactersWithSpaces>8249</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>APPLICATION</dc:title>
   <dc:creator>osun/cotc</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100539908DD7823F34CA5915C76477BA495</vt:lpwstr>
   </property>
 </Properties>
 </file>